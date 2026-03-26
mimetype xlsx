--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -10,280 +10,377 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="107">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/150/pll_no001.2026_30_de_janeiro.pdf</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/150/pll_no001.2026_30_de_janeiro.pdf</t>
   </si>
   <si>
     <t>Determina índice de reajuste aos servidores públicos da câmara municipal de Chaval e dá outras providencias</t>
   </si>
   <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/161/proj._lei_legislativo_0022026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste do subsídio dos vereadores do município de chaval e da outras providências</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Felitita da Silva Souza Spindola</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/165/plln0032026.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE CHAVAL, O PROGRAMA MUNICIPAL DE DIGNIDADE MENSTRUAL, INSPIRADO NAS DIRETRIZES DO SELO DO UNICEF E INTEGRADO AO MODELO DA FARMÁCIA POPULAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>147</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Carlos Henrique Veras</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/147/requerimento_no_001.2026</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/147/requerimento_no_001.2026</t>
   </si>
   <si>
     <t>Solicita a finalização da construção do muro do Cemitério São Miguel, localizado entre a localidades de Mocambo e Tucuns, no município de Chaval/Ce.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Sandra Helena Pinto Pereira</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/157/requerimento_no_002.2026</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/157/requerimento_no_002.2026</t>
   </si>
   <si>
     <t>Solicitando que seja disponibilizado cursos de primeiro socorros para os profissionais de ensino infantil, Gestores, Professores e Monitores, da rede de ensino municipal de Chaval/Ce.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/158/requerimento_no_003.2026</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/158/requerimento_no_003.2026</t>
   </si>
   <si>
     <t>Solicitando a construção de uma faixa de pedestres elevada tipo quebra-molas, em frente à escola de ensino fundamental Santo Antonio no_x000D_
 Município de Chaval/Ce.</t>
   </si>
   <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/163/requerimento.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que o presente subscreve, com assento nesta Casa Legislativa, na forma regimental, após anuência do Plenário, vem requerer de Vossa Excelência que seja enviado ofício ao Exmo. Prefeito Municipal Sr. Carlos Emílio Magalhães Gomes, solicitando um veículo para transportar a equipe de formadores e multiprofissionais para prestar visitas nas unidades escolares municipais no município de Chaval/Ce.</t>
+  </si>
+  <si>
     <t>149</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dasticleia Cardoso Machado</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/149/projeto_de_indicacao_no001.2026</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/149/projeto_de_indicacao_no001.2026</t>
   </si>
   <si>
     <t>Reajuste dos valores das bolsas de estágio concedidas pela administração pública conforme lei municipal Nº260/2013 e dá outras providências.</t>
   </si>
   <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>Herivelton Pereira Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/166/projeto_de_indicacao_n_03_2026.pdf</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A MODALIDADE DE PLANEJAMENTO DOMICILIAR DOCENTE DO MAGISTÉRIO DA REDE PÚBLICA MUNICIPAL DE ENSINO DE CHAVAL E DA OUTRAS PROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/</t>
+  </si>
+  <si>
+    <t>INDICA AO PODER EXECUTIVO MUNICIPAL A_x000D_
+MODALIDADE DE PLANEJAMENTO DOMICILIAR_x000D_
+DOCENTE DO MAGISTÉRIO DA REDE PÚBLICA_x000D_
+MUNICIPAL DE ENSINO DE CHAVAL E DA OUTRAS_x000D_
+PROVIDENCIAS.</t>
+  </si>
+  <si>
     <t>151</t>
   </si>
   <si>
     <t>PRES</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/151/projeto_de_resolucao_no001.2026</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/151/projeto_de_resolucao_no001.2026</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE CHAVAL-CE A ASSOCIAR-SE E CONTRIBUIR MENSALMENTE PARA A UNIÃO DOS VEREADORES E CÂMARAS DO CEARÁ - UVC E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/160/parecer_no_001.2026._projeto_de_resolucao_no_001.2026</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/160/parecer_no_001.2026._projeto_de_resolucao_no_001.2026</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL DE CHAVAL-CE., A ASSOCIAR-SE E CONTRIBUIR MENSALMENTE PARA A UNIÃO DOS VEREADORES E CÂMARAS DO CEARÁ - UVC E OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Carlos Emílio Magalhães Gomes</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://sapl.chaval.ce.leg.br/media/</t>
   </si>
   <si>
     <t>EMENTA: ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 066/2001 (ESTATUTO DOS SERVIDORES PÚBLICOS DE CHAVAL/CE), ATUALIZANDO-O AOS PARÂMETROS CONSTITUCIONAIS DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/152/projeto_de_lei_no002_2025_acima_do_salario_minimo20260128_10193899.pdf</t>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/152/projeto_de_lei_no002_2025_acima_do_salario_minimo20260128_10193899.pdf</t>
   </si>
   <si>
     <t>“CONCEDE REVISÃO GERAL ANUAL NA FORMA DO INCISO X, DO ART. 37, DA COSTITUIÇÃO FEDERAL, AO VENCIMENTO DOS AGENTES ADMINISTRATIVO(A), AUXILIAR DE SECRETARIA, AUXILIAR DE BIBLIOTECA, BIBLIOTECÁRIO(A), FISCAL DE TRIBUTOS, TÉCNICO AGROPECUÁRIO, ODONTÓLOGO(A), MÉDICO, FARMACÊUTICO BIOQUÍMICO, FARMACÊUTICO (A), FISIOTERAPEUTA, TERAPEUTA OCUPACIONAL, FONOAUDIÓLOGO (A), NUTRICIONISTA, PROFESSOR DE MÚSICA, ALMOXARIFE, DIGITADOR(A), ASSISTENTE SOCIAL, PSCICÓLOGO(A), PSICOPEDAGOGO, MÉDICO VETERINÁRIO, ENFERMEIRO(A), EDUCADOR FÍSICO, AUXILIAR ADMINISTRATIVO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/154/projeto_de_lei_no003_2026_reajuste_do_magisterio20260129_12444342.pdf</t>
+  </si>
+  <si>
+    <t>“DISPÕE SOBRE O REAJUSTE DOS VENCIMENTOS DOS PROFISSIONAIS DO MAGISTÉRIO, NOS MOLDES DO PISO SALARIAL NACIONAL”.</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/155/projeto_de_lei_no004_2026_incentivo_acs20260130_13014978.pdf</t>
+  </si>
+  <si>
+    <t>“INSTITUI O IMPACS - INCENTIVO MENSAL DE PRODUTIVIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE/TÉCNICO EM AGENTES COMUNITÁRIOS DE SAÚDE, JUNTO AO PROGRAMA EACS - ESTRATÉGIA AGENTES COMUNITÁRIOS DE SAÚDE DO MUNICÍPIO DE CHAVAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/164/projeto_de_lei_municipal.pdf</t>
+  </si>
+  <si>
+    <t>“EMENTA: ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 066/2001 (ESTATUTO DOS SERVIDORES PÚBLICOS DE CHAVAL/CE), ATUALIZANDO-O AOS PARÂMETROS CONSTITUCIONAIS DÁ OUTRAS PROVIDÊNCIAS”.</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/168/projeto_de_lei_credito_suplementar_006_202620260312_13011393.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO VIGENTE ORÇAMENTO DA SEGURIDADE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>PC</t>
+  </si>
+  <si>
+    <t>Parecer em Conjunto</t>
+  </si>
+  <si>
+    <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/159/parecer_conjunto_no_001.2026_-_crj.cof.pdf</t>
+  </si>
+  <si>
+    <t>Recomenda ao Plenário a aprovação do Projeto de Lei n°. 004/2026, de 30/01/2026, de autoria do Prefeito Municipal, que INSTITUI O IMPACS INCENTIVO MENSAL DE PRODUTIVIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE/TECNICO EM AGENTES COMUNITARIOS DE SAUDE, JUNTO AO PROGRAMA EACS - ESTRATÉGIA AGENTES COMUNITÁRIOS DE SAÚDE DO MUNICÍPIO DE CHAVAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>153</t>
   </si>
   <si>
-    <t>19</t>
-[...2 lines deleted...]
-    <t>https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/153/projeto_de_lei_no001_2025_salario_minimo20260128_10155683.pdf</t>
+    <t>PDDL</t>
+  </si>
+  <si>
+    <t>Projeto de decreto legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/153/projeto_de_lei_no001_2025_salario_minimo20260128_10155683.pdf</t>
   </si>
   <si>
     <t>“INSTITUI E DISPÕE SOBRE REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS E COMISSIONADOS DO PODER EXECUTIVO DE CHAVAL/CE E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>154</t>
-[...38 lines deleted...]
-    <t>Recomenda ao Plenário a aprovação do Projeto de Lei n°. 004/2026, de 30/01/2026, de autoria do Prefeito Municipal, que INSTITUI O IMPACS INCENTIVO MENSAL DE PRODUTIVIDADE AOS AGENTES COMUNITÁRIOS DE SAÚDE/TECNICO EM AGENTES COMUNITARIOS DE SAUDE, JUNTO AO PROGRAMA EACS - ESTRATÉGIA AGENTES COMUNITÁRIOS DE SAÚDE DO MUNICÍPIO DE CHAVAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>169</t>
+  </si>
+  <si>
+    <t>OF</t>
+  </si>
+  <si>
+    <t>Oficio</t>
+  </si>
+  <si>
+    <t>Secretaria de Administração - ADM</t>
+  </si>
+  <si>
+    <t>INFORMAÇÕES À CERCA DO PAGAMENTO DO PIS/PASEP DOS SERVIDORES MUNICIPAIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -587,68 +684,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/150/pll_no001.2026_30_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/147/requerimento_no_001.2026" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/157/requerimento_no_002.2026" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/158/requerimento_no_003.2026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/149/projeto_de_indicacao_no001.2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/151/projeto_de_resolucao_no001.2026" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/160/parecer_no_001.2026._projeto_de_resolucao_no_001.2026" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/152/projeto_de_lei_no002_2025_acima_do_salario_minimo20260128_10193899.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/153/projeto_de_lei_no001_2025_salario_minimo20260128_10155683.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/154/projeto_de_lei_no003_2026_reajuste_do_magisterio20260129_12444342.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/155/projeto_de_lei_no004_2026_incentivo_acs20260130_13014978.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/159/parecer_conjunto_no_001.2026_-_crj.cof.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/150/pll_no001.2026_30_de_janeiro.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/161/proj._lei_legislativo_0022026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/165/plln0032026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/147/requerimento_no_001.2026" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/157/requerimento_no_002.2026" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/158/requerimento_no_003.2026" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/163/requerimento.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/149/projeto_de_indicacao_no001.2026" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/166/projeto_de_indicacao_n_03_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/151/projeto_de_resolucao_no001.2026" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/160/parecer_no_001.2026._projeto_de_resolucao_no_001.2026" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/152/projeto_de_lei_no002_2025_acima_do_salario_minimo20260128_10193899.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/154/projeto_de_lei_no003_2026_reajuste_do_magisterio20260129_12444342.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/155/projeto_de_lei_no004_2026_incentivo_acs20260130_13014978.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/164/projeto_de_lei_municipal.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/168/projeto_de_lei_credito_suplementar_006_202620260312_13011393.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/159/parecer_conjunto_no_001.2026_-_crj.cof.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/sapl/public/materialegislativa/2026/153/projeto_de_lei_no001_2025_salario_minimo20260128_10155683.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.chaval.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="56" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -665,366 +762,579 @@
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
-[...5 lines deleted...]
-      <c r="F4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>27</v>
-      </c>
-[...7 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
         <v>31</v>
       </c>
-      <c r="E6" t="s">
+      <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>25</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F9" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="D11" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F11" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="E13" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="F13" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>68</v>
+      </c>
+      <c r="F14" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14" t="s">
         <v>70</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>68</v>
+      </c>
+      <c r="F15" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>67</v>
+      </c>
+      <c r="E18" t="s">
+        <v>68</v>
+      </c>
+      <c r="F18" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>88</v>
+      </c>
+      <c r="D19" t="s">
+        <v>67</v>
+      </c>
+      <c r="E19" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" t="s">
+        <v>69</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H19" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>10</v>
       </c>
-      <c r="D14" t="s">
-[...12 lines deleted...]
-        <v>75</v>
+      <c r="D20" t="s">
+        <v>92</v>
+      </c>
+      <c r="E20" t="s">
+        <v>93</v>
+      </c>
+      <c r="F20" t="s">
+        <v>94</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H20" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>97</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>98</v>
+      </c>
+      <c r="E21" t="s">
+        <v>99</v>
+      </c>
+      <c r="F21" t="s">
+        <v>69</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H21" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>102</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>103</v>
+      </c>
+      <c r="E22" t="s">
+        <v>104</v>
+      </c>
+      <c r="F22" t="s">
+        <v>105</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="H22" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>